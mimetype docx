--- v0 (2025-10-07)
+++ v1 (2026-01-03)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -60,68 +61,70 @@
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>國立高雄餐旅大</w:t>
             </w:r>
             <w:r w:rsidR="00184E85">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>學</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00574EB4" w:rsidRPr="004420F5" w:rsidRDefault="00184E85" w:rsidP="00771661">
             <w:pPr>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>校外實習輔導紀錄</w:t>
             </w:r>
             <w:r w:rsidR="006D07DF" w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>表</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0060159F" w:rsidRDefault="00043F87" w:rsidP="00771661">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="新細明體" w:cs="新細明體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="新細明體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="新細明體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
@@ -164,420 +167,409 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="新細明體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10569" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="2395"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="71"/>
         <w:gridCol w:w="2094"/>
-        <w:gridCol w:w="2924"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3457"/>
+        <w:gridCol w:w="953"/>
+        <w:gridCol w:w="2504"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00043F87" w:rsidRPr="004420F5" w:rsidTr="00C17E21">
+      <w:tr w:rsidR="00043F87" w:rsidRPr="004420F5" w:rsidTr="0043079C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00043F87" w:rsidRPr="004420F5" w:rsidRDefault="00043F87" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>科系</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2924" w:type="dxa"/>
+            <w:tcW w:w="2623" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00043F87" w:rsidRPr="004420F5" w:rsidRDefault="00043F87" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2094" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00043F87" w:rsidRPr="004420F5" w:rsidRDefault="00043F87" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學生</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00043F87" w:rsidRPr="004420F5" w:rsidRDefault="00043F87" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF6654" w:rsidRPr="004420F5" w:rsidTr="00C17E21">
+      <w:tr w:rsidR="00EF6654" w:rsidRPr="004420F5" w:rsidTr="0043079C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EF6654" w:rsidRPr="004420F5" w:rsidRDefault="00043F87" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2924" w:type="dxa"/>
+            <w:tcW w:w="2623" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EF6654" w:rsidRPr="004420F5" w:rsidRDefault="00EF6654" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2094" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EF6654" w:rsidRPr="004420F5" w:rsidRDefault="00E04478" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>實習輔導教師</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EF6654" w:rsidRPr="004420F5" w:rsidRDefault="00EF6654" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C17E21" w:rsidRPr="004420F5" w:rsidTr="006F50EB">
+      <w:tr w:rsidR="00C17E21" w:rsidRPr="004420F5" w:rsidTr="0043079C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C17E21" w:rsidRPr="004420F5" w:rsidRDefault="00C17E21" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>實習單位</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8475" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8174" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C17E21" w:rsidRPr="004420F5" w:rsidRDefault="00C17E21" w:rsidP="00C17E21">
             <w:pPr>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004420F5" w:rsidRPr="004420F5" w:rsidTr="00D42CC5">
+      <w:tr w:rsidR="004420F5" w:rsidRPr="004420F5" w:rsidTr="0065373A">
         <w:trPr>
-          <w:trHeight w:val="3912"/>
+          <w:trHeight w:val="3144"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D21D8E" w:rsidRPr="00086612" w:rsidRDefault="00D21D8E" w:rsidP="00D21D8E">
+          <w:p w:rsidR="00BB17D0" w:rsidRDefault="00BB17D0" w:rsidP="00E04478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00086612">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學生</w:t>
             </w:r>
-            <w:r w:rsidR="004420F5" w:rsidRPr="00086612">
+            <w:r w:rsidR="004420F5" w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>轉換</w:t>
             </w:r>
-            <w:r w:rsidRPr="00086612">
+          </w:p>
+          <w:p w:rsidR="004420F5" w:rsidRPr="004420F5" w:rsidRDefault="004420F5" w:rsidP="00E04478">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>理由</w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="004420F5" w:rsidRPr="004420F5" w:rsidRDefault="004420F5" w:rsidP="00D21D8E">
+              <w:t>單位理由</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004420F5" w:rsidRPr="004420F5" w:rsidRDefault="004420F5" w:rsidP="00E04478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>請條列式</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>說明</w:t>
             </w:r>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8475" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8174" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004420F5" w:rsidRPr="004420F5" w:rsidRDefault="004420F5" w:rsidP="00EB28C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00705189" w:rsidRPr="004420F5" w:rsidTr="00184E85">
+      <w:tr w:rsidR="00705189" w:rsidRPr="004420F5" w:rsidTr="0043079C">
         <w:trPr>
           <w:trHeight w:val="3247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00705189" w:rsidRPr="004420F5" w:rsidRDefault="004420F5" w:rsidP="00E04478">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>業</w:t>
             </w:r>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -647,476 +639,541 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>請條列式</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>說明</w:t>
             </w:r>
             <w:r w:rsidRPr="004420F5">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8475" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8174" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00705189" w:rsidRPr="004420F5" w:rsidRDefault="00705189" w:rsidP="00705189">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E00707" w:rsidRPr="004420F5" w:rsidTr="00E00707">
+      <w:tr w:rsidR="00E00707" w:rsidRPr="004420F5" w:rsidTr="0043079C">
         <w:trPr>
           <w:trHeight w:val="2544"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E00707" w:rsidRPr="00E04478" w:rsidRDefault="00E04478" w:rsidP="00E04478">
-[...9 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+          <w:p w:rsidR="0043079C" w:rsidRDefault="00E04478" w:rsidP="0043079C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0043079C">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>實習</w:t>
             </w:r>
-            <w:r w:rsidR="00A85B7B" w:rsidRPr="00E04478">
-[...1 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:r w:rsidR="00A85B7B" w:rsidRPr="0043079C">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>輔導教師</w:t>
             </w:r>
-            <w:r w:rsidR="00BB17D0" w:rsidRPr="00E04478">
-[...1 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+          </w:p>
+          <w:p w:rsidR="00E00707" w:rsidRPr="00E04478" w:rsidRDefault="00BB17D0" w:rsidP="0043079C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0043079C">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>建議</w:t>
             </w:r>
-            <w:r w:rsidR="00E00707" w:rsidRPr="00E04478">
-[...1 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+            <w:r w:rsidR="00E00707" w:rsidRPr="0043079C">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>說明</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8475" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8174" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00E00707" w:rsidRPr="004420F5" w:rsidRDefault="00E00707" w:rsidP="00705189">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0043079C" w:rsidRPr="004420F5" w:rsidTr="0043079C">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="0065373A" w:rsidRDefault="0043079C" w:rsidP="0043079C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>實習輔導教師</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="0065373A" w:rsidRDefault="0043079C" w:rsidP="0043079C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>系</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>科</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>學程主任</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="0065373A" w:rsidRDefault="0065373A" w:rsidP="0043079C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>實習組組長</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="0065373A" w:rsidRDefault="0043079C" w:rsidP="0043079C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>研發</w:t>
+            </w:r>
+            <w:r w:rsidR="0065373A" w:rsidRPr="0065373A">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>長</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0043079C" w:rsidRPr="004420F5" w:rsidTr="00A863BA">
+        <w:trPr>
+          <w:trHeight w:val="802"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="00E04478" w:rsidRDefault="0043079C" w:rsidP="00E04478">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="004420F5" w:rsidRDefault="0043079C" w:rsidP="00705189">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="004420F5" w:rsidRDefault="0043079C" w:rsidP="00705189">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0043079C" w:rsidRPr="004420F5" w:rsidRDefault="0043079C" w:rsidP="00705189">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E00707" w:rsidRDefault="008C54A1" w:rsidP="00771661">
+    <w:p w:rsidR="00DF104D" w:rsidRPr="0065373A" w:rsidRDefault="008C54A1" w:rsidP="00771661">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
-[...1 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0043079C">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style" w:hint="eastAsia"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>備註</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0043079C">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidR="001E322A">
+      <w:r w:rsidR="001E322A" w:rsidRPr="0043079C">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>健康因素轉換者請</w:t>
       </w:r>
-      <w:r w:rsidR="009C400D">
+      <w:r w:rsidR="0043079C" w:rsidRPr="0043079C">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>檢附</w:t>
       </w:r>
-      <w:r w:rsidR="00F71109">
+      <w:r w:rsidR="0043079C" w:rsidRPr="0043079C">
         <w:rPr>
-          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
-[...166 lines deleted...]
-          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="標楷體" w:hAnsi="Bookman Old Style"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>中央衛生主管機關評鑑合格之醫療機構診斷證明</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DF104D" w:rsidRPr="00771661" w:rsidSect="008C54A1">
+    <w:sectPr w:rsidR="00DF104D" w:rsidRPr="0065373A" w:rsidSect="008C54A1">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="567" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00464659" w:rsidRDefault="00464659" w:rsidP="00384DBA">
+    <w:p w:rsidR="00EE5EF1" w:rsidRDefault="00EE5EF1" w:rsidP="00384DBA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00464659" w:rsidRDefault="00464659" w:rsidP="00384DBA">
+    <w:p w:rsidR="00EE5EF1" w:rsidRDefault="00EE5EF1" w:rsidP="00384DBA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00464659" w:rsidRDefault="00464659" w:rsidP="00384DBA">
+    <w:p w:rsidR="00EE5EF1" w:rsidRDefault="00EE5EF1" w:rsidP="00384DBA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00464659" w:rsidRDefault="00464659" w:rsidP="00384DBA">
+    <w:p w:rsidR="00EE5EF1" w:rsidRDefault="00EE5EF1" w:rsidP="00384DBA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="075502E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="77C8CD20"/>
     <w:lvl w:ilvl="0" w:tplc="04090009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="740"/>
         </w:tabs>
         <w:ind w:left="740" w:hanging="480"/>
       </w:pPr>
@@ -1423,222 +1480,223 @@
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00485FE1"/>
     <w:rsid w:val="00001A62"/>
     <w:rsid w:val="00014221"/>
     <w:rsid w:val="000169A8"/>
     <w:rsid w:val="00016EC1"/>
     <w:rsid w:val="00043F87"/>
     <w:rsid w:val="00051406"/>
     <w:rsid w:val="000559B6"/>
     <w:rsid w:val="00056036"/>
     <w:rsid w:val="000726C8"/>
     <w:rsid w:val="00072FFE"/>
     <w:rsid w:val="000860D5"/>
-    <w:rsid w:val="00086612"/>
     <w:rsid w:val="000976AF"/>
     <w:rsid w:val="000B4552"/>
     <w:rsid w:val="000C7821"/>
     <w:rsid w:val="000D48AE"/>
     <w:rsid w:val="000E2B8B"/>
     <w:rsid w:val="000F6611"/>
     <w:rsid w:val="0011491D"/>
     <w:rsid w:val="00115448"/>
     <w:rsid w:val="00135F29"/>
     <w:rsid w:val="00157A71"/>
     <w:rsid w:val="00167125"/>
     <w:rsid w:val="0018100E"/>
     <w:rsid w:val="00184E85"/>
     <w:rsid w:val="00195BC0"/>
     <w:rsid w:val="001A02E3"/>
     <w:rsid w:val="001D53AB"/>
     <w:rsid w:val="001E322A"/>
     <w:rsid w:val="00213BCF"/>
     <w:rsid w:val="00221110"/>
     <w:rsid w:val="002350EB"/>
     <w:rsid w:val="002417BE"/>
     <w:rsid w:val="00264075"/>
     <w:rsid w:val="002661C6"/>
     <w:rsid w:val="00277FAE"/>
     <w:rsid w:val="00281439"/>
     <w:rsid w:val="002C29C4"/>
     <w:rsid w:val="002C4037"/>
     <w:rsid w:val="002F3F5C"/>
     <w:rsid w:val="00303BC9"/>
     <w:rsid w:val="00305541"/>
     <w:rsid w:val="00312EB6"/>
     <w:rsid w:val="00313D64"/>
     <w:rsid w:val="00326A1C"/>
     <w:rsid w:val="003477F1"/>
     <w:rsid w:val="00352C85"/>
     <w:rsid w:val="00384DBA"/>
     <w:rsid w:val="0039470A"/>
     <w:rsid w:val="003E0349"/>
     <w:rsid w:val="003F3C26"/>
     <w:rsid w:val="003F6481"/>
     <w:rsid w:val="00424145"/>
+    <w:rsid w:val="0043079C"/>
     <w:rsid w:val="00435A56"/>
     <w:rsid w:val="004420F5"/>
-    <w:rsid w:val="00464659"/>
     <w:rsid w:val="0047653E"/>
     <w:rsid w:val="00485FE1"/>
     <w:rsid w:val="004B35EB"/>
     <w:rsid w:val="004B5B4F"/>
     <w:rsid w:val="004D3452"/>
     <w:rsid w:val="004D6595"/>
     <w:rsid w:val="004E6AA3"/>
     <w:rsid w:val="004F5419"/>
     <w:rsid w:val="00511AD9"/>
     <w:rsid w:val="00514176"/>
     <w:rsid w:val="0052704A"/>
     <w:rsid w:val="005279D1"/>
     <w:rsid w:val="00530C26"/>
     <w:rsid w:val="00546697"/>
     <w:rsid w:val="0056159B"/>
     <w:rsid w:val="00574EB4"/>
     <w:rsid w:val="0060159F"/>
     <w:rsid w:val="00617389"/>
+    <w:rsid w:val="0065373A"/>
     <w:rsid w:val="00656398"/>
     <w:rsid w:val="00686DB9"/>
     <w:rsid w:val="006D07DF"/>
     <w:rsid w:val="006E1312"/>
     <w:rsid w:val="006E14F1"/>
     <w:rsid w:val="00705189"/>
     <w:rsid w:val="00710A8D"/>
     <w:rsid w:val="00745C2A"/>
     <w:rsid w:val="00765EA8"/>
     <w:rsid w:val="00771661"/>
     <w:rsid w:val="007A2A91"/>
     <w:rsid w:val="007D49D2"/>
     <w:rsid w:val="008302B4"/>
     <w:rsid w:val="00893DE6"/>
     <w:rsid w:val="00897D70"/>
     <w:rsid w:val="008B1B19"/>
     <w:rsid w:val="008C086D"/>
     <w:rsid w:val="008C54A1"/>
     <w:rsid w:val="008C59B3"/>
     <w:rsid w:val="0093762E"/>
     <w:rsid w:val="00982908"/>
     <w:rsid w:val="00996398"/>
     <w:rsid w:val="00997C0C"/>
     <w:rsid w:val="009C400D"/>
     <w:rsid w:val="009D36A7"/>
     <w:rsid w:val="009D37F9"/>
     <w:rsid w:val="00A108B9"/>
     <w:rsid w:val="00A162B8"/>
     <w:rsid w:val="00A216AD"/>
     <w:rsid w:val="00A24FFE"/>
     <w:rsid w:val="00A36D97"/>
     <w:rsid w:val="00A56FF4"/>
     <w:rsid w:val="00A85B7B"/>
+    <w:rsid w:val="00A863BA"/>
     <w:rsid w:val="00A94208"/>
     <w:rsid w:val="00AC62D5"/>
     <w:rsid w:val="00AD7F82"/>
     <w:rsid w:val="00B26AE2"/>
     <w:rsid w:val="00B63676"/>
     <w:rsid w:val="00B829F5"/>
     <w:rsid w:val="00B932E6"/>
     <w:rsid w:val="00BA415B"/>
     <w:rsid w:val="00BB17D0"/>
     <w:rsid w:val="00BC25B8"/>
     <w:rsid w:val="00BD0D49"/>
     <w:rsid w:val="00BE00FE"/>
     <w:rsid w:val="00BF5D37"/>
     <w:rsid w:val="00C05951"/>
     <w:rsid w:val="00C06471"/>
     <w:rsid w:val="00C17E21"/>
     <w:rsid w:val="00CB726D"/>
     <w:rsid w:val="00D178EC"/>
-    <w:rsid w:val="00D21D8E"/>
     <w:rsid w:val="00D42CC5"/>
     <w:rsid w:val="00D433B0"/>
     <w:rsid w:val="00D564BA"/>
     <w:rsid w:val="00D61F16"/>
     <w:rsid w:val="00D7599C"/>
     <w:rsid w:val="00DA2F32"/>
     <w:rsid w:val="00DA736E"/>
     <w:rsid w:val="00DC7E3B"/>
     <w:rsid w:val="00DE7605"/>
     <w:rsid w:val="00DF104D"/>
     <w:rsid w:val="00E00707"/>
     <w:rsid w:val="00E04478"/>
     <w:rsid w:val="00E05B69"/>
     <w:rsid w:val="00E1166B"/>
     <w:rsid w:val="00E34AD8"/>
     <w:rsid w:val="00E66C2A"/>
     <w:rsid w:val="00EB28C0"/>
     <w:rsid w:val="00EC31C8"/>
+    <w:rsid w:val="00EE5EF1"/>
     <w:rsid w:val="00EE633C"/>
     <w:rsid w:val="00EF46BA"/>
     <w:rsid w:val="00EF5FC4"/>
     <w:rsid w:val="00EF6654"/>
     <w:rsid w:val="00F63ACC"/>
     <w:rsid w:val="00F710C4"/>
     <w:rsid w:val="00F71109"/>
     <w:rsid w:val="00FA3E07"/>
     <w:rsid w:val="00FB63C7"/>
     <w:rsid w:val="00FD1676"/>
     <w:rsid w:val="00FD4218"/>
     <w:rsid w:val="00FE2F13"/>
     <w:rsid w:val="00FE2FEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="09F4608B"/>
+  <w14:docId w14:val="1C8113CC"/>
   <w15:docId w15:val="{B5363659-43D2-450A-BAF3-F07CA6AFB3A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2291,51 +2349,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1260600581">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2577,65 +2635,81 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7645B1E-5473-4FB4-BF8D-119DDA9E2CA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>43</Words>
-  <Characters>248</Characters>
+  <Words>38</Words>
+  <Characters>217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>no</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>290</CharactersWithSpaces>
+  <CharactersWithSpaces>254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7536739</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ttc.edu.tw/eat/modules/tadnews/index.php?ncsn=2下</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8257540</vt:i4>
       </vt:variant>
       <vt:variant>